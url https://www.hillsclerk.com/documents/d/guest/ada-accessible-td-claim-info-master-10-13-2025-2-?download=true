--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -1,119 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6472DAA-B58E-4AE4-8E4C-7538E7ABFC70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D25F5240-2EF4-4415-9029-96FC3AB8D9DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$B$213</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="114">
   <si>
     <t xml:space="preserve">FILE # WITH REMAINING FUNDS 
 </t>
   </si>
   <si>
     <t>2016-319</t>
   </si>
   <si>
     <t>2017-827</t>
   </si>
   <si>
     <t>2018-360</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Hillsborough County Clerk of Circuit Court, 8/16/2016, $20.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Rajan G. Kunnathethu, 3/21/2018, no amount listed
 2. Hillsborough County Citizen Boards Support, 3/22/2018, $254,750.00
 3. Violette &amp; Violette LLC as POA for Rajan G. Kunnathethu, 11/2/2020, $89,470.91
 4. Prestige Family Assets Group, LLC o/b/o Rajan Kunnathethu, trustee and Rachel C Rajan, Trustee, 9/14/2022, $89,470.91</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Shumaker, Loop &amp; Kendrick, LLP o/b/o Pelican Island Property Owners Association, Inc c/o Homeriver Group, Registered Agent, 8/8/2018, $15,891.49
 2. Mary Ann Marks, 10/5/2018, $260,413.73
 3. Stefan V. Stein as Personal Representative of the Estate of Janet C. Stein, 3/7/2019, $640,000
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Hillsborough County Clerk of Circuit Court on 11/7/2016 for $20.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 No claims paid
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Shumaker, Loop &amp; Kendrick  LLP on 4/12/19 for $15,891.49
 </t>
   </si>
   <si>
+    <t>CLAIMS FILED (NAME/DATE FILED/AMOUNT) 
+AS OF 11/21/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLAIMS PAID AS OF 11/21/2025
+</t>
+  </si>
+  <si>
     <t>2021-195</t>
   </si>
   <si>
     <t>2021-522</t>
   </si>
   <si>
     <t>2022-82</t>
   </si>
   <si>
     <t>2023-839</t>
   </si>
   <si>
     <t>2023-1012</t>
   </si>
   <si>
     <t>2024-29</t>
   </si>
   <si>
     <t>2024-41</t>
   </si>
   <si>
     <t>2024-175</t>
   </si>
   <si>
     <t>2024-203</t>
@@ -209,50 +217,53 @@
     <t>2025-514</t>
   </si>
   <si>
     <t>2025-531</t>
   </si>
   <si>
     <t>2025-549</t>
   </si>
   <si>
     <t>2025-556</t>
   </si>
   <si>
     <t>2025-564</t>
   </si>
   <si>
     <t>2025-574</t>
   </si>
   <si>
     <t>2025-588</t>
   </si>
   <si>
     <t>2025-669</t>
   </si>
   <si>
     <t>2025-676</t>
+  </si>
+  <si>
+    <t>2025-690</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Jupiter Asset Recovery as assignee of Daniel Morgan as Beneficiary, 3/23/2021, $151,318.64; 9/29/2021, updated claim
 2. Hillsborough County Public Utilities Dept., 4/7/2021, $303.23
 3. Audrey Morgan, 4/21/2021, no amount listed
 4. Jupiter Asset Recovery as POA for Portiary Morgan, 4/26/2021, $151,318.64; 9/29/2021, updated claim
 5. Audrey Morgan, 8/15/2022, $48,181.27
 6. Ryan Shirley Law o/b/o Portiary Morgan and Daniel Morgan, 9/29/2021, $151,318.64
  </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Hillsborough County Public Utilities on 8/3/2021 for $303.23
 </t>
   </si>
   <si>
     <t>1. Environmental Protection Commission of Hillsborough County, 7/2/2021, $269,935.44
 2. Jan L. Robinson, 7/21/2021, $34,125.04
 3. Cindy Swint, 6/25/2021, $34,125.04</t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid
 </t>
   </si>
@@ -292,184 +303,232 @@
   </si>
   <si>
     <t>No claims filed</t>
   </si>
   <si>
     <t>No claims paid</t>
   </si>
   <si>
     <t xml:space="preserve">No claims filed 
 </t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid 
 </t>
   </si>
   <si>
     <t>1. Clerk of Court, 3/21/2024, $48.00
 2. AAHS of Florida Trust o/b/o Jasmine Irvin, no amount stated
 3. CitiMortgage, Inc., 6/4/2024, $11,113.45
 4. Recovery Agents LLC o/b/o Ricky James, 3/14/2024, $114,976.03</t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to Hillsborough County Clerk of Court on 10/15/2024 for $48.00
 2. Payment to AAHS of Florida Trust o/b/o Jasmine Irvine on 10/15/2024 for $51,016.62
 3. Payment to CitiMortgage, Inc. on 10/15/2024 for $11,113.45
+4. Payment to Recovery Agents, LLC o/b/o Ricky James, 11/17/2025 for $51,016.62
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Plant City, 4/12/2024, $18,227.70
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to Plant City on 10/21/2024 for $16,074.21
 </t>
   </si>
   <si>
     <t xml:space="preserve">No claims filed
 </t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid </t>
   </si>
   <si>
     <t xml:space="preserve">1. The Recovery Agents o/b/o Joan Stone, 7/15/2024, $75,972.77
 2. Clerk of Court, 10/18/2024, $5,413.00
 3. City of Tampa, 10/21/2024, $9,009.67
 </t>
   </si>
   <si>
     <t>1. Payment to Clerk of Circuit Court on 12/3/2024 for $5,413.00
 2. Payment to City of Tampa on 12/3/2024 for $9,009.67</t>
   </si>
   <si>
+    <t xml:space="preserve">1. Funds Owed, LLC o/b/o Shari Suzanne Albritton, 10/4/2025, $14,702.54
+2. Funds Owed, LLC o/b/o Skyler Tommy Albritton, 10/4/2025, $14,702.54
+3. Funds Owed, LLC o/b/o  Sandra A. Cooper, 10/4/2025, $14,702.54  
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Iffat Mansour by Susan Tewksbury, 6/10/2025, No amount stated.
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 11/4/2024, $3,867.00; withdrawn 4/14/2025
 2. City of Tampa, 11/4/2024, $385,010.00; withdrawn 4/15/2025
+3. Zachary Foster, 10/20/2025, no amount stated
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. DeCosta Realty LLC, 9/19/2025, $14,000.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 1/10/2025, $294.00
 2. Recovery Agents o/b/o Virginia Abosida, 1/2/2025, $64,582.78
 3. Probate Law Group o/b/o Interest Holdings, Inc., 1/16/2025, no amount stated
 4. Leonard b. Perez III, LLC o/b/o Estate of Charles E. Schmoyer, 1/17/2025, no amount stated
 5. City of Tampa, 2/4/2025, $6,210.00
 </t>
   </si>
   <si>
     <t>1. Payment to City of Tampa on 7/23/2025 for $6,210.00
 2. Payment to Leonardo B. Perez, III, $548.00, 9/3/2025
 3. Payment to Interest Holdings, Inc., 9/3/2025, $30,000.00</t>
   </si>
   <si>
-    <t xml:space="preserve">1. City of Tampa, 5/6/2025, disclaimes their interest
-[...3 lines deleted...]
-    <t xml:space="preserve">1. Anita Martini and Charles Martini, Jr., 7/25/2025, no amount stated
+    <t xml:space="preserve">1. City of Tampa, 5/6/2025, disclaimed their interest
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Anita Martini, 7/25/2025, no amount stated
+2. Charles Martini, Jr., 7/25/2025, no amount stated
 2. IRS, 8/15/2025, $26,560.85
 3. City of Tampa, 8/19/2025, $18,116.97
 </t>
   </si>
   <si>
+    <t>1. Payment to IRS, 10/29/2025, $26,560.85
+2. Payment to City of Tampa, 10/29/2025, $18,116.97</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Mankin Law Group o/b/o Live Oak Preserve Association, Inc., 4/18/2025, $7,206.36
 </t>
   </si>
   <si>
+    <t xml:space="preserve">1. Payment to Mankin Law Group o/b/o Live Oak Preserve Association, Inc., 10/29/2025, $7,206.36
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Glausier Knight Jones o/b/o Manhattan Palms Condo Association, 5/27/2025, $110,274.03
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Payment to Glausier Knight Jones o/b/o Manhattan Palms Condo Association, 10/29/2025, $112,299.94
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Hayter, Comstock &amp; Williamson PA, 6/9/2025, $115,653.81
 2. Roland Leonard Martino, 8/4/2025, $6,093.73
 3. Lena Marie Fussell, 8/4/2025, $6,093.73
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. J. B. Carrier Properties, Inc., Trustee, 5/13/2025, $17,100.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 6/19/2025, $244.00
 2. Recovery Agents o/b/o Eric Dukes and Monica Chukes, 7/9/2025, $95,659.48
 3. eXL Legal, PLLC, o/b/o Midfirst Bank, 8/11/2025, $41,573.68
 4. City of Tampa, 8/13/2025, $20,960.00
+5. Hillsborough County Tax Collector, 11/20/2025, $30,322.27
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 6/19/2025, $252.96
 2. Andre Saunders, 6/25/2025, no amount stated
 3. Kathy LaQuique Saunders, 6/26/2025, no amount stated
 4. Maureen A. Saunders Goins, 6/30/2025, no amount stated
+5. City of Tampa, 10/7/2025, $36,020.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Stephen L. Baker, 7/18/2025, no amount stated 
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Plant City, 7/18/2025, $5,963.60
+2. City of Tampa, 10/16/2025, disclaims.
+3. Tarpon IV LLC #2770, 10/24/2025, $30,227.34
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. R. Tom Chapman, 7/11/2025, $23,874.09
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. JoAnne Brannack, 7/18/2025, no amount stated
-2. Jupiter Asset Recovery, 9/2/2025, $48,115.38
+2. Jupiter Asset Recovery, o/b/o Richard Brannon, Robert Brannon and Laura Brannon, 9/2/2025, $48,115.38
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Robert Garcia, 8/6/2025, $1264.70
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Shawn A. White, 9/9/2025, no amount stated.
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Johnson, Pope, Bokor, Ruppel &amp; Burns, LLP o/b/o Kingston Court Villas Condominium Association, Inc., 9/8/2025, $25,511.41
 </t>
   </si>
   <si>
+    <t xml:space="preserve">1. City of Tampa, 11/14/2025, $602,870.00
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Hillsborough County BOCC, 11/14/2025, $17,195.92
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Joseph Frieri, 9/12/2025, $44,355.55
 </t>
   </si>
   <si>
-    <t>CLAIMS FILED (NAME/DATE FILED/AMOUNT) 
-[...3 lines deleted...]
-    <t xml:space="preserve">CLAIMS PAID AS OF 10/13/2025
+    <t xml:space="preserve">1. Service Drywall, Inc., 9/25/2025, $89,431.47
+2. Clerk of Circuit Court, 10/1/2025, $1,634.00
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Ivan T. Lenoir II, PA Trustee, 10/15/2025, $442,759.85
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Clerk of Circuit Court, 10/14/2025, $791.00
+2. The Recovery Agents LLC, o/b/o Approved One LLC, 10/23/2025, $79,332.84
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Clerk of Circuit Court, 10/21/2025, $430.00
+2. Black Swan Refund LLC, 11/5/2025, $7,563.94
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">No claims paid
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -857,627 +916,633 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C342"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+    <sheetView tabSelected="1" topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="C56" sqref="C56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.85546875" style="4" customWidth="1"/>
     <col min="2" max="2" width="49.5703125" style="8" customWidth="1"/>
     <col min="3" max="3" width="61.28515625" style="9" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="5" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="C1" s="3" t="s">
-        <v>101</v>
+        <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="180" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="165" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="270" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B5" s="17" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C5" s="18" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B6" s="17" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C6" s="18" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B7" s="17" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C7" s="18" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B8" s="17" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C8" s="18" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B9" s="17" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C9" s="18" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B10" s="17" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C10" s="18" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C11" s="18" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" s="17" t="s">
         <v>70</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C12" s="18" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" ht="135" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="180" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C13" s="18" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C14" s="18" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C15" s="18" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C16" s="18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C17" s="18" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C18" s="18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C19" s="18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B20" s="17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="C20" s="18" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:3" ht="105" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="1:3" ht="150" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C21" s="18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C22" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C23" s="18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="225" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C24" s="18" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C25" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:3" ht="150" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="165" x14ac:dyDescent="0.25">
       <c r="A26" s="19" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B26" s="16" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C26" s="18" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A27" s="19" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B27" s="17" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C27" s="18" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A28" s="19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C28" s="18" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A29" s="19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>95</v>
+      </c>
+      <c r="C29" s="18" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A30" s="19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>72</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A31" s="19" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:3" ht="225" x14ac:dyDescent="0.25">
+        <v>96</v>
+      </c>
+      <c r="C31" s="18" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="285" x14ac:dyDescent="0.25">
       <c r="A32" s="19" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C32" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:3" ht="180" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="210" x14ac:dyDescent="0.25">
       <c r="A33" s="19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="C33" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A34" s="19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C34" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="105" x14ac:dyDescent="0.25">
       <c r="A35" s="19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C35" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="19" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C36" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="19" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C37" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="19" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C38" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="105" x14ac:dyDescent="0.25">
       <c r="A39" s="19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="C40" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="C41" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C42" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A43" s="19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="C43" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C44" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C45" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A46" s="19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>69</v>
+        <v>106</v>
       </c>
       <c r="C46" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A47" s="19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>69</v>
+        <v>107</v>
       </c>
       <c r="C47" s="18" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="19" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="C48" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A49" s="19" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>69</v>
+        <v>109</v>
       </c>
       <c r="C49" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A50" s="19" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>69</v>
+        <v>110</v>
       </c>
       <c r="C50" s="18" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A51" s="19" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>69</v>
+        <v>111</v>
       </c>
       <c r="C51" s="18" t="s">
-        <v>68</v>
-[...5 lines deleted...]
-      <c r="C52" s="15"/>
+        <v>71</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A52" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="B52" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C52" s="18" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A53" s="2"/>
       <c r="B53" s="17"/>
       <c r="C53" s="15"/>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A54" s="2"/>
       <c r="B54" s="17"/>
       <c r="C54" s="15"/>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
       <c r="B55" s="16"/>
       <c r="C55" s="15"/>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
       <c r="B56" s="17"/>
       <c r="C56" s="15"/>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
       <c r="B57" s="17"/>
       <c r="C57" s="15"/>