--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -1,199 +1,199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D25F5240-2EF4-4415-9029-96FC3AB8D9DF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EA8C9C27-0057-4FE0-9D89-CF370AC13042}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$B$213</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="121">
   <si>
     <t xml:space="preserve">FILE # WITH REMAINING FUNDS 
 </t>
   </si>
   <si>
     <t>2016-319</t>
   </si>
   <si>
     <t>2017-827</t>
   </si>
   <si>
     <t>2018-360</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Hillsborough County Clerk of Circuit Court, 8/16/2016, $20.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Rajan G. Kunnathethu, 3/21/2018, no amount listed
 2. Hillsborough County Citizen Boards Support, 3/22/2018, $254,750.00
 3. Violette &amp; Violette LLC as POA for Rajan G. Kunnathethu, 11/2/2020, $89,470.91
 4. Prestige Family Assets Group, LLC o/b/o Rajan Kunnathethu, trustee and Rachel C Rajan, Trustee, 9/14/2022, $89,470.91</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Shumaker, Loop &amp; Kendrick, LLP o/b/o Pelican Island Property Owners Association, Inc c/o Homeriver Group, Registered Agent, 8/8/2018, $15,891.49
 2. Mary Ann Marks, 10/5/2018, $260,413.73
 3. Stefan V. Stein as Personal Representative of the Estate of Janet C. Stein, 3/7/2019, $640,000
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Hillsborough County Clerk of Circuit Court on 11/7/2016 for $20.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 No claims paid
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Shumaker, Loop &amp; Kendrick  LLP on 4/12/19 for $15,891.49
 </t>
   </si>
   <si>
     <t>CLAIMS FILED (NAME/DATE FILED/AMOUNT) 
-AS OF 11/21/2025</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CLAIMS PAID AS OF 11/21/2025
+AS OF 1/9/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLAIMS PAID AS OF1/9/2026
 </t>
   </si>
   <si>
     <t>2021-195</t>
   </si>
   <si>
     <t>2021-522</t>
   </si>
   <si>
     <t>2022-82</t>
   </si>
   <si>
     <t>2023-839</t>
   </si>
   <si>
     <t>2023-1012</t>
   </si>
   <si>
     <t>2024-29</t>
   </si>
   <si>
     <t>2024-41</t>
   </si>
   <si>
     <t>2024-175</t>
   </si>
   <si>
     <t>2024-203</t>
   </si>
   <si>
     <t>2024-221</t>
   </si>
   <si>
     <t>2024-289</t>
   </si>
   <si>
+    <t>2024-306</t>
+  </si>
+  <si>
     <t>2024-412</t>
   </si>
   <si>
     <t>2024-437</t>
   </si>
   <si>
     <t>2024-450</t>
   </si>
   <si>
     <t>2024-588</t>
   </si>
   <si>
     <t>2024-672</t>
   </si>
   <si>
     <t>2024-677</t>
   </si>
   <si>
     <t>2024-767</t>
   </si>
   <si>
     <t>2024-775</t>
   </si>
   <si>
     <t>2024-810</t>
   </si>
   <si>
     <t>2025-86</t>
   </si>
   <si>
     <t>2025-118</t>
   </si>
   <si>
     <t>2025-173</t>
   </si>
   <si>
-    <t>2025-225</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-249</t>
   </si>
   <si>
     <t>2025-252</t>
   </si>
   <si>
     <t>2025-265</t>
   </si>
   <si>
     <t>2025-325</t>
   </si>
   <si>
     <t>2025-326</t>
   </si>
   <si>
     <t>2025-342</t>
   </si>
   <si>
     <t>2025-352</t>
   </si>
   <si>
     <t>2025-378</t>
   </si>
   <si>
     <t>2025-397</t>
@@ -220,98 +220,104 @@
     <t>2025-531</t>
   </si>
   <si>
     <t>2025-549</t>
   </si>
   <si>
     <t>2025-556</t>
   </si>
   <si>
     <t>2025-564</t>
   </si>
   <si>
     <t>2025-574</t>
   </si>
   <si>
     <t>2025-588</t>
   </si>
   <si>
     <t>2025-669</t>
   </si>
   <si>
     <t>2025-676</t>
   </si>
   <si>
     <t>2025-690</t>
+  </si>
+  <si>
+    <t>2025-833</t>
+  </si>
+  <si>
+    <t>2025-837</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Jupiter Asset Recovery as assignee of Daniel Morgan as Beneficiary, 3/23/2021, $151,318.64; 9/29/2021, updated claim
 2. Hillsborough County Public Utilities Dept., 4/7/2021, $303.23
 3. Audrey Morgan, 4/21/2021, no amount listed
 4. Jupiter Asset Recovery as POA for Portiary Morgan, 4/26/2021, $151,318.64; 9/29/2021, updated claim
 5. Audrey Morgan, 8/15/2022, $48,181.27
 6. Ryan Shirley Law o/b/o Portiary Morgan and Daniel Morgan, 9/29/2021, $151,318.64
  </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Hillsborough County Public Utilities on 8/3/2021 for $303.23
 </t>
   </si>
   <si>
     <t>1. Environmental Protection Commission of Hillsborough County, 7/2/2021, $269,935.44
 2. Jan L. Robinson, 7/21/2021, $34,125.04
 3. Cindy Swint, 6/25/2021, $34,125.04</t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Hillsborough County Citizen Boards Support, 4/6/2022, $33,015.00
 2. April West, 5/11/2022, $63,197.05
 3. City of Tampa, 5/24/2022, waived claim
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Hillsborough County Citizen Boards Support on 9/6/2022 for $33,015.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Hillsborough County Code Enforcement, 12/27/2023, $22,918.00
 2. David Bailey, 2/29/2024, no amount stated.
 3. Zoecklein Law PA o/b/o Janelle Hughes, 3/31/2025, $87,344.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Hillsborough County Board of County Commissioners on 3/5/2024 for $22,918.00
 2. Payment to Janelle Hughes, 5/12/2025, $14,557.35
-3. Payment to State of FL Unclaimed Funds, </t>
+</t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Tampa, 2/26/2024, $72,985.00
 2. Hillsborough County Property Appraiser, 4/25/2024, $42,944.16 (returned $150.00 on 7/17/2024 overpayment)
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to City of Tampa on 6/7/2024 for $72,985.00
 2. Payment to Hillsborough County Property Appraiser on 6/7/2024 for $42,994.16
 </t>
   </si>
   <si>
     <t>No claims filed</t>
   </si>
   <si>
     <t>No claims paid</t>
   </si>
   <si>
     <t xml:space="preserve">No claims filed 
 </t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid 
 </t>
   </si>
@@ -319,216 +325,240 @@
     <t>1. Clerk of Court, 3/21/2024, $48.00
 2. AAHS of Florida Trust o/b/o Jasmine Irvin, no amount stated
 3. CitiMortgage, Inc., 6/4/2024, $11,113.45
 4. Recovery Agents LLC o/b/o Ricky James, 3/14/2024, $114,976.03</t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to Hillsborough County Clerk of Court on 10/15/2024 for $48.00
 2. Payment to AAHS of Florida Trust o/b/o Jasmine Irvine on 10/15/2024 for $51,016.62
 3. Payment to CitiMortgage, Inc. on 10/15/2024 for $11,113.45
 4. Payment to Recovery Agents, LLC o/b/o Ricky James, 11/17/2025 for $51,016.62
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Plant City, 4/12/2024, $18,227.70
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to Plant City on 10/21/2024 for $16,074.21
 </t>
   </si>
   <si>
     <t xml:space="preserve">No claims filed
 </t>
   </si>
   <si>
+    <t xml:space="preserve">1. Joelson Rosenberg PLC o/b/o Exit Strategy July 13, LLC , 6/5/2024, $41,950.52
+2. City of Tampa, 9/10/2024 for $10,304.51
+</t>
+  </si>
+  <si>
+    <t>1. Payment to City of Tampa on 11/17/2024, $10,304.51
+2. Payment to Perlmuter Law PC o/b/o Exit Stategy July 13, LLC on 12/3/2024 for $30,211.81</t>
+  </si>
+  <si>
     <t xml:space="preserve">No claims paid </t>
   </si>
   <si>
     <t xml:space="preserve">1. The Recovery Agents o/b/o Joan Stone, 7/15/2024, $75,972.77
 2. Clerk of Court, 10/18/2024, $5,413.00
 3. City of Tampa, 10/21/2024, $9,009.67
 </t>
   </si>
   <si>
     <t>1. Payment to Clerk of Circuit Court on 12/3/2024 for $5,413.00
 2. Payment to City of Tampa on 12/3/2024 for $9,009.67</t>
   </si>
   <si>
     <t xml:space="preserve">1. Funds Owed, LLC o/b/o Shari Suzanne Albritton, 10/4/2025, $14,702.54
 2. Funds Owed, LLC o/b/o Skyler Tommy Albritton, 10/4/2025, $14,702.54
 3. Funds Owed, LLC o/b/o  Sandra A. Cooper, 10/4/2025, $14,702.54  
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Iffat Mansour by Susan Tewksbury, 6/10/2025, No amount stated.
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 11/4/2024, $3,867.00; withdrawn 4/14/2025
 2. City of Tampa, 11/4/2024, $385,010.00; withdrawn 4/15/2025
 3. Zachary Foster, 10/20/2025, no amount stated
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. DeCosta Realty LLC, 9/19/2025, $14,000.00
 </t>
+  </si>
+  <si>
+    <t>1. Payment to DaCosta Realty, LLC, 12/19/2025, $14,078.24</t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 1/10/2025, $294.00
 2. Recovery Agents o/b/o Virginia Abosida, 1/2/2025, $64,582.78
 3. Probate Law Group o/b/o Interest Holdings, Inc., 1/16/2025, no amount stated
 4. Leonard b. Perez III, LLC o/b/o Estate of Charles E. Schmoyer, 1/17/2025, no amount stated
 5. City of Tampa, 2/4/2025, $6,210.00
 </t>
   </si>
   <si>
     <t>1. Payment to City of Tampa on 7/23/2025 for $6,210.00
 2. Payment to Leonardo B. Perez, III, $548.00, 9/3/2025
 3. Payment to Interest Holdings, Inc., 9/3/2025, $30,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Tampa, 5/6/2025, disclaimed their interest
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Anita Martini, 7/25/2025, no amount stated
 2. Charles Martini, Jr., 7/25/2025, no amount stated
 2. IRS, 8/15/2025, $26,560.85
 3. City of Tampa, 8/19/2025, $18,116.97
 </t>
   </si>
   <si>
     <t>1. Payment to IRS, 10/29/2025, $26,560.85
 2. Payment to City of Tampa, 10/29/2025, $18,116.97</t>
   </si>
   <si>
     <t xml:space="preserve">1. Mankin Law Group o/b/o Live Oak Preserve Association, Inc., 4/18/2025, $7,206.36
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to Mankin Law Group o/b/o Live Oak Preserve Association, Inc., 10/29/2025, $7,206.36
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. Glausier Knight Jones o/b/o Manhattan Palms Condo Association, 5/27/2025, $110,274.03
-[...6 lines deleted...]
-  <si>
     <t xml:space="preserve">1. Hayter, Comstock &amp; Williamson PA, 6/9/2025, $115,653.81
 2. Roland Leonard Martino, 8/4/2025, $6,093.73
 3. Lena Marie Fussell, 8/4/2025, $6,093.73
 </t>
   </si>
   <si>
-    <t xml:space="preserve">1. J. B. Carrier Properties, Inc., Trustee, 5/13/2025, $17,100.00
+    <t>1. Payment made to John. F. Hayter, 12/5/2025, $6,093.73
+2. Payment made to Roland Leonard Martino, 12/5/2025, $6,093.73
+3. Payment to Lena Marie Fussell, 12/15/2025, $6,093.73</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. J. B. Carrie Properties, Inc., Trustee, 5/13/2025, $17,100.00
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Payment made to J. B. Carrie Properties, Inc., Trustee, 12/5/2025, $13,971.45
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 6/19/2025, $244.00
 2. Recovery Agents o/b/o Eric Dukes and Monica Chukes, 7/9/2025, $95,659.48
 3. eXL Legal, PLLC, o/b/o Midfirst Bank, 8/11/2025, $41,573.68
 4. City of Tampa, 8/13/2025, $20,960.00
 5. Hillsborough County Tax Collector, 11/20/2025, $30,322.27
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 6/19/2025, $252.96
 2. Andre Saunders, 6/25/2025, no amount stated
 3. Kathy LaQuique Saunders, 6/26/2025, no amount stated
 4. Maureen A. Saunders Goins, 6/30/2025, no amount stated
 5. City of Tampa, 10/7/2025, $36,020.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Stephen L. Baker, 7/18/2025, no amount stated 
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Plant City, 7/18/2025, $5,963.60
 2. City of Tampa, 10/16/2025, disclaims.
 3. Tarpon IV LLC #2770, 10/24/2025, $30,227.34
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. R. Tom Chapman, 7/11/2025, $23,874.09
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. JoAnne Brannack, 7/18/2025, no amount stated
 2. Jupiter Asset Recovery, o/b/o Richard Brannon, Robert Brannon and Laura Brannon, 9/2/2025, $48,115.38
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Robert Garcia, 8/6/2025, $1264.70
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Shawn A. White, 9/9/2025, no amount stated.
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Johnson, Pope, Bokor, Ruppel &amp; Burns, LLP o/b/o Kingston Court Villas Condominium Association, Inc., 9/8/2025, $25,511.41
 </t>
   </si>
   <si>
+    <t xml:space="preserve">1. Hillsborough County o/b/o Hillsborough County Property Appraiser, 12/3/2025, $8,465.57
+2. Hillsborough  County Code Enforcement, 11/14/2025, $7,298.75
+3. Hillsborough County Citizen Boards Support, 11/14/2025, $3,800.00
+4. Hillsborough County Code Enforcement, 11/14/2025, $6,097.17
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. City of Tampa, 11/14/2025, $602,870.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Hillsborough County BOCC, 11/14/2025, $17,195.92
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Joseph Frieri, 9/12/2025, $44,355.55
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Service Drywall, Inc., 9/25/2025, $89,431.47
 2. Clerk of Circuit Court, 10/1/2025, $1,634.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Ivan T. Lenoir II, PA Trustee, 10/15/2025, $442,759.85
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 10/14/2025, $791.00
 2. The Recovery Agents LLC, o/b/o Approved One LLC, 10/23/2025, $79,332.84
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 10/21/2025, $430.00
 2. Black Swan Refund LLC, 11/5/2025, $7,563.94
 </t>
   </si>
   <si>
-    <t xml:space="preserve">No claims paid
+    <t xml:space="preserve">1. Victor Williams, 12/4/2025, no amount stated
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Johnson, Pope, Bokor, Ruppel &amp; Burns, LLP o/b/o Paradise Group Ventures, Inc., 1/5/2025, $455,000.00
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -916,52 +946,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C342"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A46" workbookViewId="0">
-      <selection activeCell="C56" sqref="C56"/>
+    <sheetView tabSelected="1" topLeftCell="A50" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.85546875" style="4" customWidth="1"/>
     <col min="2" max="2" width="49.5703125" style="8" customWidth="1"/>
     <col min="3" max="3" width="61.28515625" style="9" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="5" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
@@ -977,582 +1007,592 @@
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="165" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="270" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="17" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C5" s="18" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="17" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C6" s="18" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="17" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C7" s="18" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="17" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C8" s="18" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="17" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C9" s="18" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="17" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C10" s="18" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C11" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="17" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C12" s="18" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="180" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C13" s="18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C14" s="18" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C15" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="75" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B16" s="17" t="s">
-        <v>78</v>
+      <c r="B16" s="16" t="s">
+        <v>81</v>
       </c>
       <c r="C16" s="18" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" ht="135" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="18" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="C18" s="18" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" ht="135" x14ac:dyDescent="0.25">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C19" s="18" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="18" t="s">
         <v>83</v>
       </c>
-      <c r="C20" s="18" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:3" ht="150" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C21" s="18" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="150" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C22" s="18" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C23" s="18" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:3" ht="225" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C24" s="18" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="225" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C25" s="18" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      <c r="A26" s="19" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="16" t="s">
-        <v>89</v>
+      <c r="B26" s="17" t="s">
+        <v>93</v>
       </c>
       <c r="C26" s="18" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="165" x14ac:dyDescent="0.25">
       <c r="A27" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="B27" s="17" t="s">
-        <v>91</v>
+      <c r="B27" s="16" t="s">
+        <v>94</v>
       </c>
       <c r="C27" s="18" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A28" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C28" s="18" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A29" s="19" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C29" s="18" t="s">
-        <v>71</v>
+        <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A30" s="19" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C30" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A31" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C31" s="18" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="285" x14ac:dyDescent="0.25">
       <c r="A32" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C32" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="210" x14ac:dyDescent="0.25">
       <c r="A33" s="19" t="s">
         <v>40</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C33" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A34" s="19" t="s">
         <v>41</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C34" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="105" x14ac:dyDescent="0.25">
       <c r="A35" s="19" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C35" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="19" t="s">
         <v>43</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C36" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="19" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C37" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A38" s="19" t="s">
         <v>45</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C38" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="105" x14ac:dyDescent="0.25">
       <c r="A39" s="19" t="s">
         <v>46</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A40" s="19" t="s">
         <v>47</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C40" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="19" t="s">
         <v>48</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C41" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="19" t="s">
         <v>49</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C42" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A43" s="19" t="s">
         <v>50</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C43" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A44" s="19" t="s">
         <v>51</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C44" s="18" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="210" x14ac:dyDescent="0.25">
       <c r="A45" s="19" t="s">
         <v>52</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>72</v>
+        <v>111</v>
       </c>
       <c r="C45" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A46" s="19" t="s">
         <v>53</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C46" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A47" s="19" t="s">
         <v>54</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C47" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="19" t="s">
         <v>55</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C48" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="49" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A49" s="19" t="s">
         <v>56</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C49" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A50" s="19" t="s">
         <v>57</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C50" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A51" s="19" t="s">
         <v>58</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C51" s="18" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A52" s="19" t="s">
         <v>59</v>
       </c>
       <c r="B52" s="17" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C52" s="18" t="s">
-        <v>79</v>
-[...10 lines deleted...]
-      <c r="C54" s="15"/>
+        <v>83</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A53" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="B53" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C53" s="18"/>
+    </row>
+    <row r="54" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A54" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="B54" s="17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C54" s="18" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
       <c r="B55" s="16"/>
       <c r="C55" s="15"/>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
       <c r="B56" s="17"/>
       <c r="C56" s="15"/>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
       <c r="B57" s="17"/>
       <c r="C57" s="15"/>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A58" s="2"/>
       <c r="B58" s="17"/>
       <c r="C58" s="15"/>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A59" s="2"/>
       <c r="B59" s="17"/>
       <c r="C59" s="15"/>