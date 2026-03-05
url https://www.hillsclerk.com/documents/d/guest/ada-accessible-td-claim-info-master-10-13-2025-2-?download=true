--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -1,208 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EA8C9C27-0057-4FE0-9D89-CF370AC13042}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B79DC275-7225-453B-93B2-F1D3701AE169}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1290" yWindow="345" windowWidth="26805" windowHeight="14985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$B$213</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="114">
   <si>
     <t xml:space="preserve">FILE # WITH REMAINING FUNDS 
 </t>
   </si>
   <si>
     <t>2016-319</t>
   </si>
   <si>
     <t>2017-827</t>
   </si>
   <si>
     <t>2018-360</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Hillsborough County Clerk of Circuit Court, 8/16/2016, $20.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Rajan G. Kunnathethu, 3/21/2018, no amount listed
 2. Hillsborough County Citizen Boards Support, 3/22/2018, $254,750.00
 3. Violette &amp; Violette LLC as POA for Rajan G. Kunnathethu, 11/2/2020, $89,470.91
 4. Prestige Family Assets Group, LLC o/b/o Rajan Kunnathethu, trustee and Rachel C Rajan, Trustee, 9/14/2022, $89,470.91</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Shumaker, Loop &amp; Kendrick, LLP o/b/o Pelican Island Property Owners Association, Inc c/o Homeriver Group, Registered Agent, 8/8/2018, $15,891.49
 2. Mary Ann Marks, 10/5/2018, $260,413.73
 3. Stefan V. Stein as Personal Representative of the Estate of Janet C. Stein, 3/7/2019, $640,000
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Hillsborough County Clerk of Circuit Court on 11/7/2016 for $20.00
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 No claims paid
 </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Shumaker, Loop &amp; Kendrick  LLP on 4/12/19 for $15,891.49
 </t>
   </si>
   <si>
     <t>CLAIMS FILED (NAME/DATE FILED/AMOUNT) 
-AS OF 1/9/2026</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">CLAIMS PAID AS OF1/9/2026
+AS OF 2/20/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLAIMS PAID AS OF 2/20/2026
 </t>
   </si>
   <si>
     <t>2021-195</t>
   </si>
   <si>
     <t>2021-522</t>
   </si>
   <si>
     <t>2022-82</t>
   </si>
   <si>
     <t>2023-839</t>
   </si>
   <si>
     <t>2023-1012</t>
   </si>
   <si>
     <t>2024-29</t>
   </si>
   <si>
     <t>2024-41</t>
   </si>
   <si>
     <t>2024-175</t>
   </si>
   <si>
-    <t>2024-203</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-221</t>
   </si>
   <si>
     <t>2024-289</t>
   </si>
   <si>
-    <t>2024-306</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-412</t>
   </si>
   <si>
     <t>2024-437</t>
   </si>
   <si>
     <t>2024-450</t>
   </si>
   <si>
     <t>2024-588</t>
   </si>
   <si>
     <t>2024-672</t>
   </si>
   <si>
     <t>2024-677</t>
   </si>
   <si>
     <t>2024-767</t>
   </si>
   <si>
-    <t>2024-775</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-810</t>
   </si>
   <si>
     <t>2025-86</t>
   </si>
   <si>
     <t>2025-118</t>
   </si>
   <si>
     <t>2025-173</t>
   </si>
   <si>
-    <t>2025-249</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-252</t>
   </si>
   <si>
-    <t>2025-265</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-325</t>
   </si>
   <si>
     <t>2025-326</t>
   </si>
   <si>
     <t>2025-342</t>
   </si>
   <si>
     <t>2025-352</t>
   </si>
   <si>
     <t>2025-378</t>
   </si>
   <si>
     <t>2025-397</t>
   </si>
   <si>
     <t>2025-404</t>
   </si>
   <si>
     <t>2025-429</t>
   </si>
   <si>
     <t>2025-455</t>
@@ -226,50 +211,56 @@
     <t>2025-556</t>
   </si>
   <si>
     <t>2025-564</t>
   </si>
   <si>
     <t>2025-574</t>
   </si>
   <si>
     <t>2025-588</t>
   </si>
   <si>
     <t>2025-669</t>
   </si>
   <si>
     <t>2025-676</t>
   </si>
   <si>
     <t>2025-690</t>
   </si>
   <si>
     <t>2025-833</t>
   </si>
   <si>
     <t>2025-837</t>
+  </si>
+  <si>
+    <t>2026-3</t>
+  </si>
+  <si>
+    <t>2026-13</t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Jupiter Asset Recovery as assignee of Daniel Morgan as Beneficiary, 3/23/2021, $151,318.64; 9/29/2021, updated claim
 2. Hillsborough County Public Utilities Dept., 4/7/2021, $303.23
 3. Audrey Morgan, 4/21/2021, no amount listed
 4. Jupiter Asset Recovery as POA for Portiary Morgan, 4/26/2021, $151,318.64; 9/29/2021, updated claim
 5. Audrey Morgan, 8/15/2022, $48,181.27
 6. Ryan Shirley Law o/b/o Portiary Morgan and Daniel Morgan, 9/29/2021, $151,318.64
  </t>
   </si>
   <si>
     <t xml:space="preserve">
 1. Payment to Hillsborough County Public Utilities on 8/3/2021 for $303.23
 </t>
   </si>
   <si>
     <t>1. Environmental Protection Commission of Hillsborough County, 7/2/2021, $269,935.44
 2. Jan L. Robinson, 7/21/2021, $34,125.04
 3. Cindy Swint, 6/25/2021, $34,125.04</t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid
 </t>
   </si>
@@ -300,265 +291,255 @@
   <si>
     <t xml:space="preserve">1. City of Tampa, 2/26/2024, $72,985.00
 2. Hillsborough County Property Appraiser, 4/25/2024, $42,944.16 (returned $150.00 on 7/17/2024 overpayment)
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to City of Tampa on 6/7/2024 for $72,985.00
 2. Payment to Hillsborough County Property Appraiser on 6/7/2024 for $42,994.16
 </t>
   </si>
   <si>
     <t>No claims filed</t>
   </si>
   <si>
     <t>No claims paid</t>
   </si>
   <si>
     <t xml:space="preserve">No claims filed 
 </t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid 
 </t>
   </si>
   <si>
-    <t>1. Clerk of Court, 3/21/2024, $48.00
-[...11 lines deleted...]
-  <si>
     <t xml:space="preserve">1. City of Plant City, 4/12/2024, $18,227.70
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to Plant City on 10/21/2024 for $16,074.21
 </t>
   </si>
   <si>
     <t xml:space="preserve">No claims filed
 </t>
-  </si>
-[...7 lines deleted...]
-2. Payment to Perlmuter Law PC o/b/o Exit Stategy July 13, LLC on 12/3/2024 for $30,211.81</t>
   </si>
   <si>
     <t xml:space="preserve">No claims paid </t>
   </si>
   <si>
     <t xml:space="preserve">1. The Recovery Agents o/b/o Joan Stone, 7/15/2024, $75,972.77
 2. Clerk of Court, 10/18/2024, $5,413.00
 3. City of Tampa, 10/21/2024, $9,009.67
 </t>
   </si>
   <si>
     <t>1. Payment to Clerk of Circuit Court on 12/3/2024 for $5,413.00
 2. Payment to City of Tampa on 12/3/2024 for $9,009.67</t>
   </si>
   <si>
     <t xml:space="preserve">1. Funds Owed, LLC o/b/o Shari Suzanne Albritton, 10/4/2025, $14,702.54
 2. Funds Owed, LLC o/b/o Skyler Tommy Albritton, 10/4/2025, $14,702.54
 3. Funds Owed, LLC o/b/o  Sandra A. Cooper, 10/4/2025, $14,702.54  
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Iffat Mansour by Susan Tewksbury, 6/10/2025, No amount stated.
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 11/4/2024, $3,867.00; withdrawn 4/14/2025
 2. City of Tampa, 11/4/2024, $385,010.00; withdrawn 4/15/2025
 3. Zachary Foster, 10/20/2025, no amount stated
 </t>
-  </si>
-[...5 lines deleted...]
-    <t>1. Payment to DaCosta Realty, LLC, 12/19/2025, $14,078.24</t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 1/10/2025, $294.00
 2. Recovery Agents o/b/o Virginia Abosida, 1/2/2025, $64,582.78
 3. Probate Law Group o/b/o Interest Holdings, Inc., 1/16/2025, no amount stated
 4. Leonard b. Perez III, LLC o/b/o Estate of Charles E. Schmoyer, 1/17/2025, no amount stated
 5. City of Tampa, 2/4/2025, $6,210.00
 </t>
   </si>
   <si>
     <t>1. Payment to City of Tampa on 7/23/2025 for $6,210.00
 2. Payment to Leonardo B. Perez, III, $548.00, 9/3/2025
 3. Payment to Interest Holdings, Inc., 9/3/2025, $30,000.00</t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Tampa, 5/6/2025, disclaimed their interest
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Anita Martini, 7/25/2025, no amount stated
 2. Charles Martini, Jr., 7/25/2025, no amount stated
 2. IRS, 8/15/2025, $26,560.85
 3. City of Tampa, 8/19/2025, $18,116.97
 </t>
   </si>
   <si>
     <t>1. Payment to IRS, 10/29/2025, $26,560.85
-2. Payment to City of Tampa, 10/29/2025, $18,116.97</t>
+2. Payment to City of Tampa, 10/29/2025, $18,116.97
+3. Payment to Charles J. Martini, Jr., 1/13/2026, $9,921.52</t>
   </si>
   <si>
     <t xml:space="preserve">1. Mankin Law Group o/b/o Live Oak Preserve Association, Inc., 4/18/2025, $7,206.36
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Payment to Mankin Law Group o/b/o Live Oak Preserve Association, Inc., 10/29/2025, $7,206.36
-</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">1. Payment made to J. B. Carrie Properties, Inc., Trustee, 12/5/2025, $13,971.45
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 6/19/2025, $244.00
 2. Recovery Agents o/b/o Eric Dukes and Monica Chukes, 7/9/2025, $95,659.48
 3. eXL Legal, PLLC, o/b/o Midfirst Bank, 8/11/2025, $41,573.68
 4. City of Tampa, 8/13/2025, $20,960.00
 5. Hillsborough County Tax Collector, 11/20/2025, $30,322.27
 </t>
   </si>
   <si>
+    <t>1. Payment to City of Tampa, 1/13/2026,  $20,960.00 
+2. Payment to Clerk of Circuit Court, 1/13/2026, $215.00
+3. Payment to Clerk of Circuit Court, 1/13/2026, $29.00
+4. Payment to Hillsborough County Property Appraiser, 1/13/2026, $30,322.27</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 6/19/2025, $252.96
 2. Andre Saunders, 6/25/2025, no amount stated
 3. Kathy LaQuique Saunders, 6/26/2025, no amount stated
 4. Maureen A. Saunders Goins, 6/30/2025, no amount stated
 5. City of Tampa, 10/7/2025, $36,020.00
 </t>
   </si>
   <si>
+    <t xml:space="preserve">1. Payment to City of Tampa, 1/13/2026, $15,060.00
+2. Payment to Clerk of Circuit Court, 1/13/2026, $155.00
+3. Payment to Clerk of Circuit Coourt, 1/13/2026, $97.96
+4. Payment to Andre R. Saunders, 1/13/2026, $58,994.83
+5. Payment to Maureen Saunders-Goins, 1/13/2026, $59,092.79
+6. Payment to Kathy Laquique Saunders, 1/13/2026, $59,092.80
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Stephen L. Baker, 7/18/2025, no amount stated 
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. City of Plant City, 7/18/2025, $5,963.60
 2. City of Tampa, 10/16/2025, disclaims.
 3. Tarpon IV LLC #2770, 10/24/2025, $30,227.34
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. R. Tom Chapman, 7/11/2025, $23,874.09
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. JoAnne Brannack, 7/18/2025, no amount stated
 2. Jupiter Asset Recovery, o/b/o Richard Brannon, Robert Brannon and Laura Brannon, 9/2/2025, $48,115.38
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Robert Garcia, 8/6/2025, $1264.70
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Shawn A. White, 9/9/2025, no amount stated.
 </t>
   </si>
   <si>
+    <t>1. Shawn A. White, 2/19/2026, $4,931.80</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Johnson, Pope, Bokor, Ruppel &amp; Burns, LLP o/b/o Kingston Court Villas Condominium Association, Inc., 9/8/2025, $25,511.41
 </t>
+  </si>
+  <si>
+    <t>1. Johnson Pope, Bokor, Ruppel &amp; Burns, LLP o/b/o Kingston Court Villas Condo Assn, Inc., 2/19/2026, $25,511.41</t>
   </si>
   <si>
     <t xml:space="preserve">1. Hillsborough County o/b/o Hillsborough County Property Appraiser, 12/3/2025, $8,465.57
 2. Hillsborough  County Code Enforcement, 11/14/2025, $7,298.75
 3. Hillsborough County Citizen Boards Support, 11/14/2025, $3,800.00
 4. Hillsborough County Code Enforcement, 11/14/2025, $6,097.17
 </t>
   </si>
   <si>
+    <t>1. Hillsborough County Citizen Boards Support, 2/19/2026, $3,800.00
+2. Hillsborough County Code Enforcement, 2/19/2026, $7,298.75
+3. Hillsborough County Code Enforcement, 2/19/2026, $6,097.17
+3. Nancy C. Millan, Hillsborough County Tax Collector, 2/19/2026, $8,465.57</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. City of Tampa, 11/14/2025, $602,870.00
 </t>
+  </si>
+  <si>
+    <t>1. City of Tampa, 2/19/2026, $148.65</t>
   </si>
   <si>
     <t xml:space="preserve">1. Hillsborough County BOCC, 11/14/2025, $17,195.92
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Joseph Frieri, 9/12/2025, $44,355.55
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Service Drywall, Inc., 9/25/2025, $89,431.47
 2. Clerk of Circuit Court, 10/1/2025, $1,634.00
+3. City of Tampa, 1/14/2026, $1,682.36
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Ivan T. Lenoir II, PA Trustee, 10/15/2025, $442,759.85
+2. City of Tampa, 1/29/2026, disclaims their interest
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 10/14/2025, $791.00
 2. The Recovery Agents LLC, o/b/o Approved One LLC, 10/23/2025, $79,332.84
+3. Loan Funder LLC, Series 33288, 1/22/2026, $364,460.00
+4. City of Tampa, 2/2/2026, $56,052.84
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Clerk of Circuit Court, 10/21/2025, $430.00
 2. Black Swan Refund LLC, 11/5/2025, $7,563.94
 </t>
   </si>
   <si>
     <t xml:space="preserve">1. Victor Williams, 12/4/2025, no amount stated
-</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">1. Johnson, Pope, Bokor, Ruppel &amp; Burns, LLP o/b/o Paradise Group Ventures, Inc., 1/5/2025, $455,000.00
+2. Mankin Law Group o/b/o Arbor Green of New Tampa Homeowners Association, Inc., 2/5/2026, $2,377.75
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Johnson, Pope, Bokor, Ruppel &amp; Burns, LLP o/b/o Paradise Group Ventures, Inc., 1/5/2026, $455,000.00
+2. Phantious Services LLC d/b/a Overage Surplus Recovery c/o Berit E. Finelli, 1/12/2026, $178,352.75
+3. Haynes Law Group o/b/o Alexandra Benalcazar-Yocom and Niel Yocom, 2/2/2026, $87,792.22
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -946,52 +927,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C342"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A50" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+    <sheetView tabSelected="1" topLeftCell="A27" workbookViewId="0">
+      <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.85546875" style="4" customWidth="1"/>
     <col min="2" max="2" width="49.5703125" style="8" customWidth="1"/>
     <col min="3" max="3" width="61.28515625" style="9" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="5" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
@@ -1007,592 +988,574 @@
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="165" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="270" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="17" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C5" s="18" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="17" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C6" s="18" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="17" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C7" s="18" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="17" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C8" s="18" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="17" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C9" s="18" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="17" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C10" s="18" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="17" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C11" s="18" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="17" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C12" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" ht="180" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C13" s="18" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C14" s="18" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="17" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C15" s="18" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B16" s="16" t="s">
-        <v>81</v>
+      <c r="B16" s="17" t="s">
+        <v>77</v>
       </c>
       <c r="C16" s="18" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C17" s="18" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C18" s="18" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="17" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="18" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" ht="135" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="150" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="17" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C20" s="18" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="17" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="C21" s="18" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" ht="150" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="225" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="C22" s="18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C23" s="18" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      <c r="A24" s="2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="165" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
         <v>31</v>
       </c>
-      <c r="B24" s="17" t="s">
-        <v>89</v>
+      <c r="B24" s="16" t="s">
+        <v>85</v>
       </c>
       <c r="C24" s="18" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      <c r="A25" s="2" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C25" s="18" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
+      <c r="A26" s="19" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="17" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="C26" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3" ht="165" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="285" x14ac:dyDescent="0.25">
       <c r="A27" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="B27" s="16" t="s">
-        <v>94</v>
+      <c r="B27" s="17" t="s">
+        <v>89</v>
       </c>
       <c r="C27" s="18" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="210" x14ac:dyDescent="0.25">
       <c r="A28" s="19" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="17" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="C28" s="18" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:3" ht="120" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A29" s="19" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="17" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C29" s="18" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="105" x14ac:dyDescent="0.25">
       <c r="A30" s="19" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="17" t="s">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="C30" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="19" t="s">
         <v>38</v>
       </c>
       <c r="B31" s="17" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="C31" s="18" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:3" ht="285" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="19" t="s">
         <v>39</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="C32" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:3" ht="210" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="19" t="s">
         <v>40</v>
       </c>
       <c r="B33" s="17" t="s">
-        <v>103</v>
+        <v>71</v>
       </c>
       <c r="C33" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="105" x14ac:dyDescent="0.25">
       <c r="A34" s="19" t="s">
         <v>41</v>
       </c>
       <c r="B34" s="17" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="C34" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:3" ht="105" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="19" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="17" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="C35" s="18" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="19" t="s">
         <v>43</v>
       </c>
       <c r="B36" s="17" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="C36" s="18" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="19" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="17" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C37" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A38" s="19" t="s">
         <v>45</v>
       </c>
       <c r="B38" s="17" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="C38" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:3" ht="105" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A39" s="19" t="s">
         <v>46</v>
       </c>
       <c r="B39" s="17" t="s">
-        <v>107</v>
+        <v>71</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="210" x14ac:dyDescent="0.25">
       <c r="A40" s="19" t="s">
         <v>47</v>
       </c>
       <c r="B40" s="17" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C40" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A41" s="19" t="s">
         <v>48</v>
       </c>
       <c r="B41" s="17" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C41" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A42" s="19" t="s">
         <v>49</v>
       </c>
       <c r="B42" s="17" t="s">
-        <v>74</v>
+        <v>106</v>
       </c>
       <c r="C42" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A43" s="19" t="s">
         <v>50</v>
       </c>
       <c r="B43" s="17" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C43" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="120" x14ac:dyDescent="0.25">
       <c r="A44" s="19" t="s">
         <v>51</v>
       </c>
       <c r="B44" s="17" t="s">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="C44" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:3" ht="210" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A45" s="19" t="s">
         <v>52</v>
       </c>
       <c r="B45" s="17" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C45" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="180" x14ac:dyDescent="0.25">
       <c r="A46" s="19" t="s">
         <v>53</v>
       </c>
       <c r="B46" s="17" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C46" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A47" s="19" t="s">
         <v>54</v>
       </c>
       <c r="B47" s="17" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C47" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A48" s="19" t="s">
         <v>55</v>
       </c>
       <c r="B48" s="17" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+        <v>112</v>
+      </c>
+      <c r="C48" s="18"/>
+    </row>
+    <row r="49" spans="1:3" ht="165" x14ac:dyDescent="0.25">
       <c r="A49" s="19" t="s">
         <v>56</v>
       </c>
       <c r="B49" s="17" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C49" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="19" t="s">
         <v>57</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>116</v>
+        <v>75</v>
       </c>
       <c r="C50" s="18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:3" ht="90" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="19" t="s">
         <v>58</v>
       </c>
       <c r="B51" s="17" t="s">
-        <v>117</v>
+        <v>75</v>
       </c>
       <c r="C51" s="18" t="s">
-        <v>73</v>
-[...31 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="19"/>
+      <c r="B52" s="17"/>
+      <c r="C52" s="18"/>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="19"/>
+      <c r="B53" s="17"/>
+      <c r="C53" s="15"/>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="2"/>
+      <c r="B54" s="17"/>
+      <c r="C54" s="15"/>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A55" s="2"/>
       <c r="B55" s="16"/>
       <c r="C55" s="15"/>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A56" s="2"/>
       <c r="B56" s="17"/>
       <c r="C56" s="15"/>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A57" s="2"/>
       <c r="B57" s="17"/>
       <c r="C57" s="15"/>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A58" s="2"/>
       <c r="B58" s="17"/>
       <c r="C58" s="15"/>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A59" s="2"/>
       <c r="B59" s="17"/>
       <c r="C59" s="15"/>